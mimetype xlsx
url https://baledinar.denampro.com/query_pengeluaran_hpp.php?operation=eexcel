--- v0 (2026-01-20)
+++ v1 (2026-03-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="163">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="165">
   <si>
     <t>Proyek</t>
   </si>
   <si>
     <t>Pengeluaran</t>
   </si>
   <si>
     <t>HPP</t>
   </si>
   <si>
     <t>Total Bgt</t>
   </si>
   <si>
     <t>Total Act</t>
   </si>
   <si>
     <t>Tgt VS Act</t>
   </si>
   <si>
     <t>Bgt Bln 1</t>
   </si>
   <si>
     <t>Act Bln 1</t>
   </si>
   <si>
@@ -473,75 +473,81 @@
   <si>
     <t>10,000,000</t>
   </si>
   <si>
     <t>Penggabungan sertifikat</t>
   </si>
   <si>
     <t xml:space="preserve">Penurunan menjadi SHGB </t>
   </si>
   <si>
     <t>126,670,000</t>
   </si>
   <si>
     <t>Pengajuan peningkatan hak milik</t>
   </si>
   <si>
     <t>Pemecahan sertifikat</t>
   </si>
   <si>
     <t>Tak Terduga / taktis</t>
   </si>
   <si>
     <t>Akta Jual Beli / AJB</t>
   </si>
   <si>
+    <t>1,000,000</t>
+  </si>
+  <si>
     <t>PPH SUBSIDI</t>
   </si>
   <si>
     <t>184,260,000</t>
   </si>
   <si>
     <t>PPH KOMERSIL</t>
   </si>
   <si>
     <t>Harga dasar tanah 2</t>
   </si>
   <si>
     <t>Kompensasi pemidahan kios utk jalan masuk</t>
   </si>
   <si>
     <t>Plat beton jembatan</t>
   </si>
   <si>
     <t>9,625,000</t>
   </si>
   <si>
     <t>COUNT = 72</t>
   </si>
   <si>
     <t>SUM = 12,040,823,146</t>
+  </si>
+  <si>
+    <t>SUM = 1,000,000</t>
   </si>
   <si>
     <t>SUM = 0</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -858,54 +864,54 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BB74"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="49" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="11" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="18" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="12" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="11" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="18" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="18" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="11" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="11" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="11" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="11" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="11" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="11" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="11" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="11" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="11" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="11" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="11" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="12" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="12" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="12" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="12" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="12" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="12" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="12" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="12" bestFit="true" customWidth="true" style="0"/>
@@ -11910,60 +11916,60 @@
       </c>
       <c r="AY67" t="s">
         <v>57</v>
       </c>
       <c r="AZ67" t="s">
         <v>57</v>
       </c>
       <c r="BA67" t="s">
         <v>57</v>
       </c>
       <c r="BB67" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="68" spans="1:54">
       <c r="A68" t="s">
         <v>54</v>
       </c>
       <c r="B68" t="s">
         <v>152</v>
       </c>
       <c r="C68" t="s">
         <v>57</v>
       </c>
       <c r="D68" t="s">
-        <v>57</v>
+        <v>153</v>
       </c>
       <c r="E68" t="s">
         <v>57</v>
       </c>
       <c r="F68" t="s">
-        <v>57</v>
+        <v>153</v>
       </c>
       <c r="G68" t="s">
-        <v>57</v>
+        <v>153</v>
       </c>
       <c r="H68" t="s">
         <v>57</v>
       </c>
       <c r="I68" t="s">
         <v>57</v>
       </c>
       <c r="J68" t="s">
         <v>57</v>
       </c>
       <c r="K68" t="s">
         <v>57</v>
       </c>
       <c r="L68" t="s">
         <v>57</v>
       </c>
       <c r="M68" t="s">
         <v>57</v>
       </c>
       <c r="N68" t="s">
         <v>57</v>
       </c>
       <c r="O68" t="s">
         <v>57</v>
       </c>
@@ -12068,54 +12074,54 @@
       </c>
       <c r="AW68" t="s">
         <v>57</v>
       </c>
       <c r="AX68" t="s">
         <v>57</v>
       </c>
       <c r="AY68" t="s">
         <v>57</v>
       </c>
       <c r="AZ68" t="s">
         <v>57</v>
       </c>
       <c r="BA68" t="s">
         <v>57</v>
       </c>
       <c r="BB68" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="69" spans="1:54">
       <c r="A69" t="s">
         <v>54</v>
       </c>
       <c r="B69" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C69" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D69" t="s">
         <v>57</v>
       </c>
       <c r="E69" t="s">
         <v>57</v>
       </c>
       <c r="F69" t="s">
         <v>57</v>
       </c>
       <c r="G69" t="s">
         <v>57</v>
       </c>
       <c r="H69" t="s">
         <v>57</v>
       </c>
       <c r="I69" t="s">
         <v>57</v>
       </c>
       <c r="J69" t="s">
         <v>57</v>
       </c>
       <c r="K69" t="s">
         <v>57</v>
       </c>
@@ -12232,51 +12238,51 @@
       </c>
       <c r="AW69" t="s">
         <v>57</v>
       </c>
       <c r="AX69" t="s">
         <v>57</v>
       </c>
       <c r="AY69" t="s">
         <v>57</v>
       </c>
       <c r="AZ69" t="s">
         <v>57</v>
       </c>
       <c r="BA69" t="s">
         <v>57</v>
       </c>
       <c r="BB69" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="70" spans="1:54">
       <c r="A70" t="s">
         <v>54</v>
       </c>
       <c r="B70" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C70" t="s">
         <v>57</v>
       </c>
       <c r="D70" t="s">
         <v>57</v>
       </c>
       <c r="E70" t="s">
         <v>57</v>
       </c>
       <c r="F70" t="s">
         <v>57</v>
       </c>
       <c r="G70" t="s">
         <v>57</v>
       </c>
       <c r="H70" t="s">
         <v>57</v>
       </c>
       <c r="I70" t="s">
         <v>57</v>
       </c>
       <c r="J70" t="s">
         <v>57</v>
       </c>
@@ -12396,51 +12402,51 @@
       </c>
       <c r="AW70" t="s">
         <v>57</v>
       </c>
       <c r="AX70" t="s">
         <v>57</v>
       </c>
       <c r="AY70" t="s">
         <v>57</v>
       </c>
       <c r="AZ70" t="s">
         <v>57</v>
       </c>
       <c r="BA70" t="s">
         <v>57</v>
       </c>
       <c r="BB70" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="71" spans="1:54">
       <c r="A71" t="s">
         <v>54</v>
       </c>
       <c r="B71" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C71" t="s">
         <v>81</v>
       </c>
       <c r="D71" t="s">
         <v>57</v>
       </c>
       <c r="E71" t="s">
         <v>57</v>
       </c>
       <c r="F71" t="s">
         <v>57</v>
       </c>
       <c r="G71" t="s">
         <v>57</v>
       </c>
       <c r="H71" t="s">
         <v>57</v>
       </c>
       <c r="I71" t="s">
         <v>57</v>
       </c>
       <c r="J71" t="s">
         <v>57</v>
       </c>
@@ -12560,51 +12566,51 @@
       </c>
       <c r="AW71" t="s">
         <v>57</v>
       </c>
       <c r="AX71" t="s">
         <v>57</v>
       </c>
       <c r="AY71" t="s">
         <v>57</v>
       </c>
       <c r="AZ71" t="s">
         <v>57</v>
       </c>
       <c r="BA71" t="s">
         <v>57</v>
       </c>
       <c r="BB71" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="72" spans="1:54">
       <c r="A72" t="s">
         <v>54</v>
       </c>
       <c r="B72" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C72" t="s">
         <v>57</v>
       </c>
       <c r="D72" t="s">
         <v>57</v>
       </c>
       <c r="E72" t="s">
         <v>57</v>
       </c>
       <c r="F72" t="s">
         <v>57</v>
       </c>
       <c r="G72" t="s">
         <v>57</v>
       </c>
       <c r="H72" t="s">
         <v>57</v>
       </c>
       <c r="I72" t="s">
         <v>57</v>
       </c>
       <c r="J72" t="s">
         <v>57</v>
       </c>
@@ -12722,54 +12728,54 @@
       <c r="AV72" t="s">
         <v>57</v>
       </c>
       <c r="AW72" t="s">
         <v>57</v>
       </c>
       <c r="AX72" t="s">
         <v>57</v>
       </c>
       <c r="AY72" t="s">
         <v>57</v>
       </c>
       <c r="AZ72" t="s">
         <v>57</v>
       </c>
       <c r="BA72" t="s">
         <v>57</v>
       </c>
       <c r="BB72" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="73" spans="1:54">
       <c r="A73"/>
       <c r="B73" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C73" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D73" t="s">
         <v>57</v>
       </c>
       <c r="E73" t="s">
         <v>57</v>
       </c>
       <c r="F73" t="s">
         <v>57</v>
       </c>
       <c r="G73" t="s">
         <v>57</v>
       </c>
       <c r="H73" t="s">
         <v>57</v>
       </c>
       <c r="I73" t="s">
         <v>57</v>
       </c>
       <c r="J73" t="s">
         <v>57</v>
       </c>
       <c r="K73" t="s">
         <v>57</v>
       </c>
@@ -12884,207 +12890,207 @@
       <c r="AV73" t="s">
         <v>57</v>
       </c>
       <c r="AW73" t="s">
         <v>57</v>
       </c>
       <c r="AX73" t="s">
         <v>57</v>
       </c>
       <c r="AY73" t="s">
         <v>57</v>
       </c>
       <c r="AZ73" t="s">
         <v>57</v>
       </c>
       <c r="BA73" t="s">
         <v>57</v>
       </c>
       <c r="BB73" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="74" spans="1:54">
       <c r="A74"/>
       <c r="B74" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C74" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="D74" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="E74" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="F74" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="G74" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="H74" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="I74" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="J74" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="K74" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="L74" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="M74" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="N74" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="O74" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="P74" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="Q74" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="R74" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="S74" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="T74" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="U74" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="V74" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="W74" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="X74" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="Y74" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="Z74" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="AA74" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="AB74" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="AC74" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="AD74" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="AE74" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="AF74" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="AG74" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="AH74" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="AI74" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="AJ74" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="AK74" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="AL74" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="AM74" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="AN74" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="AO74" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="AP74" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="AQ74" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="AR74" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="AS74" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="AT74" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="AU74" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="AV74" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="AW74" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="AX74" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="AY74" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="AZ74" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="BA74" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="BB74" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">